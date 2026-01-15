--- v0 (2025-10-11)
+++ v1 (2026-01-15)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.6\f-pta\01 2020 福島県Ｐ事務局\32_安全互助会\令和6年度\Ｒ７ＨＰアップデータ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.6\f-pta\01 2020 福島県Ｐ事務局\32_安全互助会\令和7年度\Ｒ８ＨＰアップデータ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{08EF9ABD-6B70-4BA9-AFF5-DB49BF8F78D9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{52EC1CEC-68E9-4576-B072-984B51EB6AFC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{DA806171-2D75-42B8-AB41-B2F223EFA7B9}"/>
   </bookViews>
   <sheets>
     <sheet name="口座振替" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">口座振替!$A$1:$E$37</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="36">
   <si>
     <t>様式２</t>
     <rPh sb="0" eb="2">
       <t>ヨウシキ</t>
     </rPh>
@@ -382,50 +382,54 @@
     <rPh sb="4" eb="5">
       <t>ラン</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ガイトウ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>コウモク</t>
     </rPh>
     <rPh sb="14" eb="15">
       <t>テン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>　　　　　　　　　　　福島県ＰＴＡ安全互助会(福島県ＰＴＡ連合会)</t>
     <rPh sb="11" eb="14">
       <t>フクシマケン</t>
     </rPh>
     <rPh sb="17" eb="22">
       <t>アンゼンゴジョカイ</t>
     </rPh>
     <rPh sb="23" eb="32">
       <t>フクシマケンセカチレンゴウカイ</t>
     </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ＴＥＬ．０２４－５４５－５９８２　　　</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>口座名義が変更になる場合は、省略せずに通帳の記載とおり名義をご記入ください。</t>
     <rPh sb="0" eb="2">
       <t>コウザ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>メイギ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ヘンコウ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>バアイ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>ショウリャク</t>
     </rPh>
     <rPh sb="19" eb="21">
       <t>ツウチョウ</t>
     </rPh>
     <rPh sb="22" eb="24">
       <t>キサイ</t>
     </rPh>
@@ -567,133 +571,129 @@
     </rPh>
     <rPh sb="10" eb="12">
       <t>キンユウ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>キカン</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>シテン</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>トウゴウ</t>
     </rPh>
     <rPh sb="22" eb="25">
       <t>シテンメイ</t>
     </rPh>
     <rPh sb="26" eb="28">
       <t>ヘンコウ</t>
     </rPh>
     <rPh sb="31" eb="33">
       <t>バアイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>ＦＡＸ．０２４－５４５－５９９０</t>
-[...3 lines deleted...]
-    <t>ＴＥＬ．０２４－５４５－５９８２</t>
+    <t>　　　　　　　　　　　　　　　　　　　　ＦＡＸ．０２４－５４５－５９９０</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
       <t>新たな登録手続きが必要となりますので、</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="13"/>
         <color theme="1"/>
         <rFont val="ＤＨＰ平成明朝体W3"/>
         <family val="1"/>
         <charset val="128"/>
       </rPr>
-      <t>４月30日(水)までに</t>
+      <t>４月27日(月)までに</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color theme="1"/>
         <rFont val="ＤＨＰ平成明朝体W3"/>
         <family val="1"/>
         <charset val="128"/>
       </rPr>
       <t>本会宛ご連絡ください。</t>
     </r>
     <rPh sb="0" eb="1">
       <t>アラ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>トウロク</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>テツヅ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>ヒツヨウ</t>
     </rPh>
     <rPh sb="20" eb="21">
       <t>ガツ</t>
     </rPh>
     <rPh sb="23" eb="24">
       <t>ニチ</t>
     </rPh>
     <rPh sb="25" eb="26">
-      <t>スイ</t>
+      <t>ツキ</t>
     </rPh>
     <rPh sb="30" eb="33">
       <t>ホンカイアテ</t>
     </rPh>
     <rPh sb="34" eb="36">
       <t>レンラク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="13"/>
         <color theme="1"/>
         <rFont val="ＤＨＰ平成明朝体W3"/>
         <family val="1"/>
         <charset val="128"/>
       </rPr>
-      <t>５月３０日(金)</t>
+      <t>５月29日(金)まで</t>
     </r>
     <r>
       <rPr>
         <sz val="13"/>
         <color theme="1"/>
         <rFont val="ＤＨＰ平成明朝体W3"/>
         <family val="1"/>
         <charset val="128"/>
       </rPr>
-      <t>まで本会宛にご連絡ください。</t>
+      <t>本会宛にご連絡ください。</t>
     </r>
     <rPh sb="1" eb="2">
       <t>ガツ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ニチ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>キン</t>
     </rPh>
     <rPh sb="10" eb="13">
       <t>ホンカイアテ</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>レンラク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="19" x14ac:knownFonts="1">
     <font>
@@ -772,98 +772,97 @@
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="ＤＨＰ平成明朝体W3"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="ＤＨＰ平成明朝体W3"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="13"/>
       <color theme="1"/>
       <name val="ＤＨＰ平成明朝体W3"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
+      <sz val="18"/>
+      <color theme="1"/>
+      <name val="ＤＨＰ平成明朝体W3"/>
+      <family val="1"/>
+      <charset val="128"/>
+    </font>
+    <font>
       <b/>
       <sz val="15"/>
       <color theme="1"/>
       <name val="ＤＨＰ平成明朝体W3"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="1"/>
       <name val="ＤＨＰ平成明朝体W3"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="13"/>
       <color theme="1"/>
       <name val="ＤＨＰ平成明朝体W3"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <u/>
       <sz val="13"/>
       <color theme="1"/>
       <name val="ＤＨＰ平成明朝体W3"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="13"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...6 lines deleted...]
-    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
@@ -971,51 +970,51 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="dotted">
         <color indexed="64"/>
       </top>
       <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="42">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -1029,115 +1028,120 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
@@ -1421,117 +1425,117 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1919A13E-B652-4E15-B00C-A064C97EBE37}">
   <dimension ref="A1:P37"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="D36" sqref="D36"/>
+      <selection activeCell="C35" sqref="C35:E35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="2.625" customWidth="1"/>
     <col min="2" max="2" width="8.625" customWidth="1"/>
     <col min="3" max="3" width="12.125" customWidth="1"/>
     <col min="4" max="4" width="32.625" customWidth="1"/>
     <col min="5" max="5" width="33.875" customWidth="1"/>
     <col min="6" max="6" width="1.625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="34" t="s">
         <v>17</v>
       </c>
       <c r="G1" s="2"/>
       <c r="M1" s="3"/>
     </row>
     <row r="2" spans="1:13" ht="3.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="2"/>
       <c r="G2" s="2"/>
       <c r="M2" s="3"/>
     </row>
     <row r="3" spans="1:13" ht="29.1" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A3" s="36" t="s">
+      <c r="A3" s="35" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="37"/>
+      <c r="B3" s="36"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="18" t="s">
         <v>25</v>
       </c>
       <c r="F3" s="15"/>
     </row>
     <row r="4" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E4" s="5"/>
-      <c r="G4" s="39"/>
-[...5 lines deleted...]
-      <c r="M4" s="40"/>
+      <c r="G4" s="40"/>
+      <c r="H4" s="41"/>
+      <c r="I4" s="41"/>
+      <c r="J4" s="41"/>
+      <c r="K4" s="41"/>
+      <c r="L4" s="41"/>
+      <c r="M4" s="41"/>
     </row>
     <row r="5" spans="1:13" ht="25.35" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B5" s="41" t="s">
+      <c r="B5" s="42" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="41"/>
-[...1 lines deleted...]
-      <c r="E5" s="41"/>
+      <c r="C5" s="42"/>
+      <c r="D5" s="42"/>
+      <c r="E5" s="42"/>
     </row>
     <row r="6" spans="1:13" ht="19.350000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B6" s="41" t="s">
+      <c r="B6" s="42" t="s">
         <v>18</v>
       </c>
-      <c r="C6" s="41"/>
-[...1 lines deleted...]
-      <c r="E6" s="41"/>
+      <c r="C6" s="42"/>
+      <c r="D6" s="42"/>
+      <c r="E6" s="42"/>
       <c r="L6" s="3"/>
       <c r="M6" s="1"/>
     </row>
     <row r="7" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B7" s="6"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="7"/>
       <c r="L7" s="3"/>
       <c r="M7" s="1"/>
     </row>
     <row r="8" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B8" s="6"/>
       <c r="C8" s="7"/>
       <c r="D8" s="18" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="5"/>
       <c r="L8" s="3"/>
       <c r="M8" s="1"/>
     </row>
     <row r="9" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B9" s="6"/>
       <c r="C9" s="7"/>
       <c r="D9" s="18" t="s">
@@ -1657,176 +1661,178 @@
       <c r="B24" s="10"/>
       <c r="C24" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="24"/>
       <c r="E24" s="31"/>
     </row>
     <row r="25" spans="2:16" ht="35.1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B25" s="9"/>
       <c r="C25" s="32" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="24"/>
       <c r="E25" s="24"/>
     </row>
     <row r="26" spans="2:16" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B26" s="5"/>
       <c r="C26" s="5"/>
       <c r="D26" s="5"/>
       <c r="E26" s="5"/>
     </row>
     <row r="27" spans="2:16" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B27" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="C27" s="38" t="s">
+      <c r="C27" s="39" t="s">
         <v>26</v>
       </c>
-      <c r="D27" s="38"/>
-      <c r="E27" s="38"/>
+      <c r="D27" s="39"/>
+      <c r="E27" s="39"/>
     </row>
     <row r="28" spans="2:16" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B28" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="C28" s="38" t="s">
-[...3 lines deleted...]
-      <c r="E28" s="38"/>
+      <c r="C28" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="D28" s="39"/>
+      <c r="E28" s="39"/>
     </row>
     <row r="29" spans="2:16" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B29" s="33" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="21" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D29" s="21"/>
       <c r="E29" s="21"/>
     </row>
     <row r="30" spans="2:16" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B30" s="21"/>
       <c r="C30" s="21" t="s">
         <v>34</v>
       </c>
       <c r="D30" s="21"/>
       <c r="E30" s="21"/>
     </row>
     <row r="31" spans="2:16" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B31" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="C31" s="38" t="s">
-[...3 lines deleted...]
-      <c r="E31" s="38"/>
+      <c r="C31" s="39" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" s="39"/>
+      <c r="E31" s="39"/>
       <c r="F31" s="4"/>
       <c r="G31" s="4"/>
       <c r="H31" s="4"/>
       <c r="I31" s="4"/>
       <c r="J31" s="4"/>
       <c r="K31" s="4"/>
       <c r="L31" s="4"/>
       <c r="M31" s="4"/>
       <c r="N31" s="4"/>
       <c r="O31" s="4"/>
       <c r="P31" s="4"/>
     </row>
     <row r="32" spans="2:16" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B32" s="21"/>
       <c r="C32" s="21" t="s">
         <v>35</v>
       </c>
       <c r="D32" s="21"/>
       <c r="E32" s="21"/>
       <c r="F32" s="4"/>
       <c r="G32" s="4"/>
       <c r="H32" s="4"/>
       <c r="I32" s="4"/>
       <c r="J32" s="4"/>
       <c r="K32" s="4"/>
       <c r="L32" s="4"/>
       <c r="M32" s="4"/>
       <c r="N32" s="4"/>
       <c r="O32" s="4"/>
       <c r="P32" s="4"/>
     </row>
     <row r="33" spans="2:16" x14ac:dyDescent="0.4">
       <c r="B33" s="21"/>
       <c r="C33" s="21"/>
       <c r="D33" s="21"/>
       <c r="E33" s="21"/>
       <c r="F33" s="4"/>
       <c r="G33" s="4"/>
       <c r="H33" s="4"/>
       <c r="I33" s="4"/>
       <c r="J33" s="4"/>
       <c r="K33" s="4"/>
       <c r="L33" s="4"/>
       <c r="M33" s="4"/>
       <c r="N33" s="4"/>
       <c r="O33" s="4"/>
       <c r="P33" s="4"/>
     </row>
     <row r="34" spans="2:16" x14ac:dyDescent="0.4">
       <c r="B34" s="21"/>
-      <c r="C34" s="38" t="s">
+      <c r="C34" s="39" t="s">
         <v>13</v>
       </c>
-      <c r="D34" s="38"/>
-      <c r="E34" s="38"/>
+      <c r="D34" s="39"/>
+      <c r="E34" s="39"/>
     </row>
     <row r="35" spans="2:16" x14ac:dyDescent="0.4">
       <c r="B35" s="21"/>
-      <c r="C35" s="38" t="s">
+      <c r="C35" s="39" t="s">
         <v>27</v>
       </c>
-      <c r="D35" s="38"/>
-      <c r="E35" s="38"/>
+      <c r="D35" s="39"/>
+      <c r="E35" s="39"/>
     </row>
     <row r="36" spans="2:16" x14ac:dyDescent="0.3">
       <c r="B36" s="21"/>
-      <c r="C36" s="35"/>
-[...3 lines deleted...]
-      </c>
+      <c r="C36" s="38" t="s">
+        <v>28</v>
+      </c>
+      <c r="D36" s="38"/>
+      <c r="E36" s="38"/>
     </row>
     <row r="37" spans="2:16" ht="19.5" x14ac:dyDescent="0.3">
       <c r="B37" s="2"/>
-      <c r="C37" s="35"/>
-[...3 lines deleted...]
-      </c>
+      <c r="C37" s="37" t="s">
+        <v>33</v>
+      </c>
+      <c r="D37" s="37"/>
+      <c r="E37" s="37"/>
     </row>
   </sheetData>
-  <mergeCells count="9">
+  <mergeCells count="11">
     <mergeCell ref="A3:B3"/>
+    <mergeCell ref="C37:E37"/>
+    <mergeCell ref="C36:E36"/>
     <mergeCell ref="C31:E31"/>
     <mergeCell ref="G4:M4"/>
     <mergeCell ref="C34:E34"/>
     <mergeCell ref="C35:E35"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="B6:E6"/>
     <mergeCell ref="C27:E27"/>
     <mergeCell ref="C28:E28"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="82" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>