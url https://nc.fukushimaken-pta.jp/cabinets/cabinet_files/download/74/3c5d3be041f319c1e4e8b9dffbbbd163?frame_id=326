--- v0 (2025-10-11)
+++ v1 (2026-01-15)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.6\f-pta\01 2020 福島県Ｐ事務局\32_安全互助会\令和6年度\Ｒ７ＨＰアップデータ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.6\f-pta\01 2020 福島県Ｐ事務局\32_安全互助会\令和7年度\Ｒ８ＨＰアップデータ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{60317847-1CC7-4C96-A93D-983A367F01C1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{6A9A509A-A221-4562-AFB6-6D1049A73AFF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{DA806171-2D75-42B8-AB41-B2F223EFA7B9}"/>
   </bookViews>
   <sheets>
     <sheet name="要保護児童名簿" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">要保護児童名簿!$A$1:$P$35</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">要保護児童名簿!$A$1:$P$34</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <si>
     <t>電 話 番 号</t>
     <rPh sb="0" eb="1">
       <t>デン</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ハナシ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>バン</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ゴウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>担 当 者 名</t>
     <rPh sb="0" eb="1">
       <t>タン</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>トウ</t>
     </rPh>
     <rPh sb="4" eb="5">
@@ -93,110 +93,62 @@
       <t>カニュウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>学　校　名</t>
     <rPh sb="0" eb="1">
       <t>ガク</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>コウ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ナ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>※　加入コースに○をつけてください。</t>
     <rPh sb="2" eb="4">
       <t>カニュウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>学年</t>
-[...15 lines deleted...]
-  <si>
     <t>令和　　　年　　　月　　　日</t>
     <rPh sb="0" eb="2">
       <t>レイワ</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>ネン</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>ガツ</t>
     </rPh>
     <rPh sb="13" eb="14">
       <t>ニチ</t>
-    </rPh>
-[...29 lines deleted...]
-      <t>ボ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>Ⅰ　　Ⅱ　　Ⅲ</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ホームページからダウンロードできます</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>※　要保護児童生徒に移動があった場合は、必ずお知らせください。</t>
     <rPh sb="10" eb="12">
       <t>イドウ</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>バアイ</t>
     </rPh>
     <rPh sb="20" eb="21">
       <t>カナラ</t>
     </rPh>
     <rPh sb="23" eb="24">
       <t>シ</t>
     </rPh>
@@ -285,71 +237,201 @@
     <rPh sb="19" eb="21">
       <t>セイト</t>
     </rPh>
     <rPh sb="24" eb="26">
       <t>ヨウチ</t>
     </rPh>
     <rPh sb="26" eb="28">
       <t>エンジ</t>
     </rPh>
     <rPh sb="34" eb="36">
       <t>ガイトウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>　   会費を納入していただくことになります。</t>
     <rPh sb="4" eb="6">
       <t>カイヒ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>ノウニュウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>※　要保護児童生徒名簿は、確定次第、５月末日まで本会へ提出してください。</t>
-[...3 lines deleted...]
-    <rPh sb="13" eb="15">
+    <t xml:space="preserve"> </t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>要保護児童・生徒　総数</t>
+    <rPh sb="0" eb="3">
+      <t>ヨウホゴ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ジドウ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>セイト</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>ソウスウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>名</t>
+    <rPh sb="0" eb="1">
+      <t>ナ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <r>
+      <t>※　</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="ＤＨＰ平成明朝体W3"/>
+        <family val="1"/>
+        <charset val="128"/>
+      </rPr>
+      <t>要保護児童生徒確認報告書</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="ＤＨＰ平成明朝体W3"/>
+        <family val="1"/>
+        <charset val="128"/>
+      </rPr>
+      <t>は、確定しだい５月末日まで本会へFAXで提出してください。</t>
+    </r>
+    <rPh sb="2" eb="5">
+      <t>ヨウホゴ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ジドウ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>セイト</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>カクニン</t>
+    </rPh>
+    <rPh sb="11" eb="14">
+      <t>ホウコクショ</t>
+    </rPh>
+    <rPh sb="16" eb="18">
       <t>カクテイ</t>
     </rPh>
-    <rPh sb="15" eb="17">
-[...2 lines deleted...]
-    <rPh sb="19" eb="20">
+    <rPh sb="22" eb="23">
       <t>ガツ</t>
     </rPh>
+    <rPh sb="23" eb="25">
+      <t>マツジツ</t>
+    </rPh>
+    <rPh sb="27" eb="29">
+      <t>ホンカイ</t>
+    </rPh>
+    <rPh sb="34" eb="36">
+      <t>テイシュツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>※　要保護児童生徒名簿の提示を求められる場合があります。</t>
+    <rPh sb="2" eb="5">
+      <t>ヨウホゴ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ジドウ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>セイト</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>メイボ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>テイジ</t>
+    </rPh>
+    <rPh sb="15" eb="16">
+      <t>モト</t>
+    </rPh>
     <rPh sb="20" eb="22">
-      <t>マツジツ</t>
-[...5 lines deleted...]
-      <t>テイシュツ</t>
+      <t>バアイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>要 保 護 児 童 生 徒 人 数 確 認 報 告 書</t>
+    <rPh sb="0" eb="1">
+      <t>ヨウ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>タモツ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>マモル</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>コ</t>
+    </rPh>
+    <rPh sb="8" eb="9">
+      <t>ワラベ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>セイ</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>ト</t>
+    </rPh>
+    <rPh sb="14" eb="15">
+      <t>ニン</t>
+    </rPh>
+    <rPh sb="16" eb="17">
+      <t>スウ</t>
+    </rPh>
+    <rPh sb="18" eb="19">
+      <t>アキラ</t>
+    </rPh>
+    <rPh sb="20" eb="21">
+      <t>ニン</t>
+    </rPh>
+    <rPh sb="22" eb="23">
+      <t>ホウ</t>
+    </rPh>
+    <rPh sb="24" eb="25">
+      <t>コク</t>
+    </rPh>
+    <rPh sb="26" eb="27">
+      <t>ショ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -360,96 +442,71 @@
       <charset val="128"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="ＤＨＰ平成明朝体W3"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＤＨＰ平成明朝体W3"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＤＨＰ平成明朝体W3"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
-      <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="ＤＨＰ平成明朝体W3"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="8">
+  <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...22 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
@@ -465,115 +522,201 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="dotted">
         <color indexed="64"/>
       </top>
       <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
@@ -854,127 +997,127 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2C8E7D41-FB1E-40A8-B623-29E10E979EE3}">
-  <dimension ref="A1:O40"/>
+  <dimension ref="A1:O39"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="T24" sqref="T24"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A9" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="N25" sqref="N25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="2" width="4.625" customWidth="1"/>
     <col min="3" max="3" width="4.75" customWidth="1"/>
     <col min="4" max="12" width="5.25" customWidth="1"/>
     <col min="13" max="13" width="5.5" customWidth="1"/>
     <col min="14" max="14" width="5.25" customWidth="1"/>
     <col min="15" max="15" width="5.75" customWidth="1"/>
-    <col min="16" max="16" width="2.625" customWidth="1"/>
+    <col min="16" max="16" width="5.125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="18.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="3" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A3" s="18" t="s">
+      <c r="A3" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="19"/>
-      <c r="C3" s="10"/>
+      <c r="B3" s="14"/>
+      <c r="C3" s="9"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
     </row>
     <row r="5" spans="1:15" ht="26.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B5" s="14" t="s">
-[...14 lines deleted...]
-      <c r="O5" s="14"/>
+      <c r="B5" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="C5" s="12"/>
+      <c r="D5" s="12"/>
+      <c r="E5" s="12"/>
+      <c r="F5" s="12"/>
+      <c r="G5" s="12"/>
+      <c r="H5" s="12"/>
+      <c r="I5" s="12"/>
+      <c r="J5" s="12"/>
+      <c r="K5" s="12"/>
+      <c r="L5" s="12"/>
+      <c r="M5" s="12"/>
+      <c r="N5" s="12"/>
+      <c r="O5" s="12"/>
     </row>
     <row r="6" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
       <c r="K6" s="2"/>
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
       <c r="N6" s="2"/>
       <c r="O6" s="2"/>
     </row>
     <row r="7" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
@@ -1011,483 +1154,481 @@
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2" t="s">
         <v>1</v>
       </c>
       <c r="J9" s="4"/>
       <c r="K9" s="7"/>
       <c r="L9" s="8"/>
       <c r="M9" s="7"/>
       <c r="N9" s="7"/>
       <c r="O9" s="7"/>
     </row>
     <row r="10" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
-      <c r="J10" s="2"/>
+      <c r="J10" s="4"/>
       <c r="K10" s="2"/>
-      <c r="L10" s="2"/>
+      <c r="L10" s="4"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
     </row>
-    <row r="11" spans="1:15" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B11" s="15" t="s">
+    <row r="11" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+      <c r="J11" s="2"/>
+      <c r="K11" s="2"/>
+      <c r="L11" s="2"/>
+      <c r="M11" s="2"/>
+      <c r="N11" s="2"/>
+      <c r="O11" s="2"/>
+    </row>
+    <row r="12" spans="1:15" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="15" t="s">
         <v>3</v>
       </c>
-      <c r="C11" s="16"/>
-[...1 lines deleted...]
-      <c r="E11" s="15" t="s">
+      <c r="C12" s="16"/>
+      <c r="D12" s="16"/>
+      <c r="E12" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="F12" s="16"/>
+      <c r="G12" s="16"/>
+      <c r="H12" s="17"/>
+      <c r="I12" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="F11" s="16"/>
-[...49 lines deleted...]
-      </c>
+      <c r="J12" s="16"/>
+      <c r="K12" s="17"/>
+      <c r="L12" s="15"/>
+      <c r="M12" s="16"/>
+      <c r="N12" s="16"/>
+      <c r="O12" s="17"/>
+    </row>
+    <row r="13" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="4"/>
+      <c r="C13" s="4"/>
+      <c r="D13" s="4"/>
+      <c r="E13" s="4"/>
+      <c r="F13" s="4"/>
+      <c r="G13" s="4"/>
+      <c r="H13" s="4"/>
+      <c r="I13" s="4"/>
+      <c r="J13" s="4"/>
+      <c r="K13" s="4"/>
+      <c r="L13" s="4"/>
+      <c r="M13" s="4"/>
+      <c r="N13" s="4"/>
+      <c r="O13" s="4"/>
+    </row>
+    <row r="14" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
     </row>
-    <row r="15" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.4">
-[...33 lines deleted...]
-    <row r="17" spans="2:15" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="15" spans="1:15" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
+      <c r="J15" s="2"/>
+      <c r="K15" s="2"/>
+      <c r="L15" s="2"/>
+      <c r="M15" s="2"/>
+      <c r="N15" s="2"/>
+      <c r="O15" s="2"/>
+    </row>
+    <row r="16" spans="1:15" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
+      <c r="J16" s="2"/>
+      <c r="K16" s="2"/>
+      <c r="L16" s="2"/>
+      <c r="M16" s="2"/>
+      <c r="N16" s="2"/>
+      <c r="O16" s="2"/>
+    </row>
+    <row r="17" spans="2:15" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B17" s="11" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C17" s="11"/>
-      <c r="D17" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D17" s="11"/>
       <c r="E17" s="11"/>
       <c r="F17" s="11"/>
       <c r="G17" s="11"/>
       <c r="H17" s="11"/>
-      <c r="I17" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I17" s="11"/>
       <c r="J17" s="11"/>
-      <c r="K17" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K17" s="11"/>
       <c r="L17" s="11"/>
       <c r="M17" s="11"/>
       <c r="N17" s="11"/>
       <c r="O17" s="11"/>
     </row>
-    <row r="18" spans="2:15" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
-[...13 lines deleted...]
-      <c r="O18" s="11"/>
+    <row r="18" spans="2:15" x14ac:dyDescent="0.4">
+      <c r="B18" s="10"/>
+      <c r="C18" s="10"/>
+      <c r="D18" s="10"/>
+      <c r="E18" s="10"/>
+      <c r="F18" s="10"/>
+      <c r="G18" s="10"/>
+      <c r="H18" s="10"/>
+      <c r="I18" s="10"/>
+      <c r="J18" s="10"/>
+      <c r="K18" s="10"/>
+      <c r="L18" s="10"/>
+      <c r="M18" s="10"/>
+      <c r="N18" s="10"/>
+      <c r="O18" s="10"/>
     </row>
     <row r="19" spans="2:15" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B19" s="11"/>
-[...12 lines deleted...]
-      <c r="O19" s="11"/>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="2"/>
+      <c r="K19" s="2"/>
+      <c r="L19" s="2"/>
+      <c r="M19" s="2"/>
+      <c r="N19" s="2"/>
+      <c r="O19" s="2"/>
     </row>
     <row r="20" spans="2:15" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B20" s="11"/>
-[...12 lines deleted...]
-      <c r="O20" s="11"/>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
+      <c r="J20" s="2"/>
+      <c r="K20" s="2"/>
+      <c r="L20" s="2"/>
+      <c r="M20" s="2"/>
+      <c r="N20" s="2"/>
+      <c r="O20" s="2"/>
     </row>
     <row r="21" spans="2:15" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B21" s="11"/>
-[...12 lines deleted...]
-      <c r="O21" s="11"/>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
+      <c r="J21" s="2"/>
+      <c r="K21" s="2"/>
+      <c r="L21" s="2"/>
+      <c r="M21" s="2"/>
+      <c r="N21" s="2"/>
+      <c r="O21" s="2"/>
     </row>
     <row r="22" spans="2:15" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B22" s="11"/>
-[...12 lines deleted...]
-      <c r="O22" s="11"/>
+      <c r="B22" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="C22" s="12"/>
+      <c r="D22" s="12"/>
+      <c r="E22" s="12"/>
+      <c r="F22" s="12"/>
+      <c r="G22" s="12"/>
+      <c r="H22" s="12"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="18"/>
+      <c r="K22" s="19"/>
+      <c r="L22" s="20"/>
+      <c r="M22" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="N22" s="2"/>
+      <c r="O22" s="2"/>
     </row>
     <row r="23" spans="2:15" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B23" s="11"/>
-[...12 lines deleted...]
-      <c r="O23" s="11"/>
+      <c r="B23" s="12"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="12"/>
+      <c r="E23" s="12"/>
+      <c r="F23" s="12"/>
+      <c r="G23" s="12"/>
+      <c r="H23" s="12"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="21"/>
+      <c r="K23" s="22"/>
+      <c r="L23" s="23"/>
+      <c r="M23" s="24"/>
+      <c r="N23" s="2"/>
+      <c r="O23" s="2"/>
     </row>
     <row r="24" spans="2:15" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B24" s="11"/>
-[...12 lines deleted...]
-      <c r="O24" s="11"/>
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
+      <c r="J24" s="2"/>
+      <c r="K24" s="2"/>
+      <c r="L24" s="2"/>
+      <c r="M24" s="2"/>
+      <c r="N24" s="2"/>
+      <c r="O24" s="2"/>
     </row>
     <row r="25" spans="2:15" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B25" s="11"/>
-[...12 lines deleted...]
-      <c r="O25" s="11"/>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
+      <c r="J25" s="2"/>
+      <c r="K25" s="2"/>
+      <c r="L25" s="2"/>
+      <c r="M25" s="2"/>
+      <c r="N25" s="2"/>
+      <c r="O25" s="2"/>
     </row>
     <row r="26" spans="2:15" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B26" s="11"/>
-[...34 lines deleted...]
-      <c r="E28" s="13"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
+      <c r="J26" s="2"/>
+      <c r="K26" s="2"/>
+      <c r="L26" s="2"/>
+      <c r="M26" s="2"/>
+      <c r="N26" s="2"/>
+      <c r="O26" s="2"/>
+    </row>
+    <row r="27" spans="2:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
+      <c r="J27" s="2"/>
+      <c r="K27" s="2"/>
+      <c r="L27" s="2"/>
+      <c r="M27" s="2"/>
+      <c r="N27" s="2"/>
+      <c r="O27" s="2"/>
+    </row>
+    <row r="28" spans="2:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B28" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
       <c r="F28" s="2"/>
-      <c r="G28" s="13"/>
-[...1 lines deleted...]
-      <c r="I28" s="13"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
       <c r="J28" s="2"/>
       <c r="K28" s="2"/>
       <c r="L28" s="2"/>
       <c r="M28" s="2"/>
       <c r="N28" s="2"/>
       <c r="O28" s="2"/>
     </row>
     <row r="29" spans="2:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B29" s="2" t="s">
-        <v>20</v>
-[...18 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="C29" s="10"/>
+      <c r="D29" s="10"/>
+      <c r="E29" s="10"/>
+      <c r="F29" s="10"/>
+      <c r="G29" s="10"/>
+      <c r="H29" s="10"/>
+      <c r="I29" s="10"/>
+      <c r="J29" s="10"/>
+      <c r="K29" s="10"/>
+      <c r="L29" s="10"/>
+      <c r="M29" s="10"/>
+      <c r="N29" s="10"/>
+      <c r="O29" s="10"/>
+    </row>
+    <row r="30" spans="2:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C30" s="2"/>
       <c r="D30" s="2"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
       <c r="J30" s="2"/>
       <c r="K30" s="2"/>
       <c r="L30" s="2"/>
       <c r="M30" s="2"/>
       <c r="N30" s="2"/>
       <c r="O30" s="2"/>
     </row>
-    <row r="31" spans="2:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
-[...16 lines deleted...]
-      <c r="B32" s="12" t="s">
+    <row r="31" spans="2:15" ht="18" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B31" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" s="11"/>
+      <c r="D31" s="11"/>
+      <c r="E31" s="11"/>
+      <c r="F31" s="11"/>
+      <c r="G31" s="11"/>
+      <c r="H31" s="11"/>
+      <c r="I31" s="11"/>
+      <c r="J31" s="11"/>
+      <c r="K31" s="11"/>
+      <c r="L31" s="11"/>
+      <c r="M31" s="11"/>
+      <c r="N31" s="11"/>
+      <c r="O31" s="11"/>
+    </row>
+    <row r="32" spans="2:15" ht="18" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B32" s="11" t="s">
         <v>14</v>
       </c>
-      <c r="C32" s="12"/>
-[...14 lines deleted...]
-      <c r="B33" s="12" t="s">
+      <c r="C32" s="11"/>
+      <c r="D32" s="11"/>
+      <c r="E32" s="11"/>
+      <c r="F32" s="11"/>
+      <c r="G32" s="11"/>
+      <c r="H32" s="11"/>
+      <c r="I32" s="11"/>
+      <c r="J32" s="11"/>
+      <c r="K32" s="11"/>
+      <c r="L32" s="11"/>
+      <c r="M32" s="11"/>
+      <c r="N32" s="11"/>
+      <c r="O32" s="11"/>
+    </row>
+    <row r="33" spans="2:15" ht="18" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="C33" s="12"/>
-[...21 lines deleted...]
-      <c r="J34" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
+      <c r="J33" s="2"/>
+      <c r="K33" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="L33" s="2"/>
+      <c r="M33" s="2"/>
+      <c r="N33" s="2"/>
+      <c r="O33" s="2"/>
+    </row>
+    <row r="34" spans="2:15" ht="18" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B34" s="1"/>
+      <c r="C34" s="1"/>
+      <c r="D34" s="1"/>
+      <c r="E34" s="1"/>
+      <c r="F34" s="1"/>
+      <c r="G34" s="1"/>
+      <c r="H34" s="1"/>
+      <c r="I34" s="1"/>
+      <c r="J34" s="1"/>
       <c r="K34" s="2" t="s">
-        <v>16</v>
-[...6 lines deleted...]
-    <row r="35" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+        <v>12</v>
+      </c>
+      <c r="L34" s="1"/>
+      <c r="M34" s="1"/>
+      <c r="N34" s="1"/>
+      <c r="O34" s="1"/>
+    </row>
+    <row r="35" spans="2:15" x14ac:dyDescent="0.4">
       <c r="B35" s="1"/>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
-      <c r="K35" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
     </row>
     <row r="36" spans="2:15" x14ac:dyDescent="0.4">
       <c r="B36" s="1"/>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
     </row>
     <row r="37" spans="2:15" x14ac:dyDescent="0.4">
       <c r="B37" s="1"/>
       <c r="C37" s="1"/>
       <c r="D37" s="1"/>
@@ -1513,128 +1654,69 @@
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
     </row>
     <row r="39" spans="2:15" x14ac:dyDescent="0.4">
       <c r="B39" s="1"/>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
     </row>
-    <row r="40" spans="2:15" x14ac:dyDescent="0.4">
-[...14 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="55">
+  <mergeCells count="12">
+    <mergeCell ref="B31:O31"/>
+    <mergeCell ref="B32:O32"/>
+    <mergeCell ref="B22:H23"/>
     <mergeCell ref="A3:B3"/>
-    <mergeCell ref="B21:C21"/>
-[...5 lines deleted...]
-    <mergeCell ref="K20:O20"/>
     <mergeCell ref="B5:O5"/>
-    <mergeCell ref="B11:D11"/>
-[...44 lines deleted...]
-    <mergeCell ref="K24:O24"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="L12:O12"/>
+    <mergeCell ref="I12:K12"/>
+    <mergeCell ref="B17:O17"/>
+    <mergeCell ref="E12:H12"/>
+    <mergeCell ref="J22:L23"/>
+    <mergeCell ref="M22:M23"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
-  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="99" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.78740157480314965" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="95" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>