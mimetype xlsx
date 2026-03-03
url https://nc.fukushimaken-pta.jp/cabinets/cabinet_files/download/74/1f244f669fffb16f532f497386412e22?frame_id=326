--- v0 (2025-10-11)
+++ v1 (2026-03-03)
@@ -1,183 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26026"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\01 2020 福島県Ｐ事務局\000県ＰのHPアップ資料\安全互助会\R5_安全互助会ホームページアップ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.6\f-pta\01 2020 福島県Ｐ事務局\32_安全互助会\令和7年度\Ｒ８ＨＰアップデータ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D9F946BC-7FC3-4E87-95DE-216974B1CA21}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3BC45A9E-1A1B-45A5-BBC0-FA8AAF7DD546}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{68FBC731-E796-423C-9634-F7E2E1467311}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{68FBC731-E796-423C-9634-F7E2E1467311}"/>
   </bookViews>
   <sheets>
-    <sheet name="(6月以降）転出・転入児童生徒名簿" sheetId="1" r:id="rId1"/>
+    <sheet name="(6月以降）転出・転入児童生徒確認書" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'(6月以降）転出・転入児童生徒名簿'!$A$1:$H$34</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'(6月以降）転出・転入児童生徒確認書'!$A$1:$J$36</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="25">
   <si>
     <t>福島県ＰＴＡ安全互助会</t>
     <rPh sb="0" eb="3">
       <t>フクシマケン</t>
     </rPh>
     <rPh sb="6" eb="11">
       <t>アンゼンゴジョカイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>加入コース</t>
     <rPh sb="0" eb="2">
       <t>カニュウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>転</t>
     <rPh sb="0" eb="1">
       <t>テン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>入</t>
     <rPh sb="0" eb="1">
       <t>ニュウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>学年</t>
-[...15 lines deleted...]
-  <si>
     <t>出</t>
     <rPh sb="0" eb="1">
       <t>シュツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>＊３学期の報告は必要ありません。</t>
-[...50 lines deleted...]
-  <si>
     <t>様式４</t>
     <rPh sb="0" eb="2">
       <t>ヨウシキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>転出先の学校・園名</t>
     <rPh sb="0" eb="2">
       <t>テンシュツ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>サキ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ガッコウ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>エン</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
@@ -222,66 +153,50 @@
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>転入前の学校名・園名</t>
     <rPh sb="0" eb="2">
       <t>テンニュウ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>マエ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ガッコウ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ナ</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>エン</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t xml:space="preserve">提出先：　福島県ＰＴＡ安全互助会　　 </t>
-[...14 lines deleted...]
-  <si>
     <t>ＦＡＸ．０２４－５４５－５９９０</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ＴＥＬ．０２４－５４５－５９８２</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>　　　 電 話 番 号</t>
     <rPh sb="4" eb="5">
       <t>デン</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ハナシ</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>バン</t>
     </rPh>
     <rPh sb="10" eb="11">
       <t>ゴウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">             学校・園名</t>
@@ -303,235 +218,350 @@
     </rPh>
     <rPh sb="6" eb="7">
       <t>トウ</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>シャ</t>
     </rPh>
     <rPh sb="10" eb="11">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>令和  　　年 　　 月 　　 日</t>
     <rPh sb="0" eb="2">
       <t>レイワ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ネン</t>
     </rPh>
     <rPh sb="11" eb="12">
       <t>ガツ</t>
     </rPh>
     <rPh sb="16" eb="17">
       <t>ニチ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　Ⅰ　　　Ⅱ　　　Ⅲ 　　Ⅳ　　</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>学　年</t>
+    <rPh sb="0" eb="1">
+      <t>ガク</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>トシ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve"> ＊加入コースに○をつけてください</t>
+    <rPh sb="2" eb="4">
+      <t>カニュウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">  ※　３学期の報告は必要ありません。</t>
+    <rPh sb="5" eb="7">
+      <t>ガッキ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>ホウコク</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>ヒツヨウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">  提出先：　福島県ＰＴＡ安全互助会　　 </t>
+    <rPh sb="2" eb="4">
+      <t>テイシュツ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>サキ</t>
+    </rPh>
+    <rPh sb="7" eb="10">
+      <t>フクシマケン</t>
+    </rPh>
+    <rPh sb="13" eb="18">
+      <t>アンゼンゴジョカイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>６月以降転出・転入生の児童生徒確認報告書</t>
+    <rPh sb="1" eb="2">
+      <t>ガツ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>イコウ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>テンシュツ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>テンニュウ</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>セイ</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>ジドウ</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>セイト</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>カクニン</t>
+    </rPh>
+    <rPh sb="17" eb="19">
+      <t>ホウコク</t>
+    </rPh>
+    <rPh sb="19" eb="20">
+      <t>ショ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">  ※　</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="14.5"/>
+        <color theme="1"/>
+        <rFont val="ＤＨＰ平成明朝体W3"/>
+        <family val="1"/>
+        <charset val="128"/>
+      </rPr>
+      <t>転出転入児童生徒名簿</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14.5"/>
+        <color theme="1"/>
+        <rFont val="ＤＨＰ平成明朝体W3"/>
+        <family val="1"/>
+        <charset val="128"/>
+      </rPr>
+      <t>の提示を求められる場合があります。</t>
+    </r>
+    <rPh sb="4" eb="6">
+      <t>テンシュツ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>テンニュウ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>ジドウ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>セイト</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>メイボ</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>テイジ</t>
+    </rPh>
+    <rPh sb="18" eb="19">
+      <t>モト</t>
+    </rPh>
+    <rPh sb="23" eb="25">
+      <t>バアイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＤＨＰ平成明朝体W3"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
-      <sz val="10"/>
-[...5 lines deleted...]
-    <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＤＨＰ平成明朝体W7"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
-[...20 lines deleted...]
-    <font>
       <sz val="13"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="13"/>
+      <sz val="14"/>
       <color theme="1"/>
       <name val="ＤＨＰ平成明朝体W3"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
-      <b/>
-      <sz val="17"/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="2"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12.5"/>
       <color theme="1"/>
       <name val="ＤＨＰ平成明朝体W3"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <sz val="12"/>
+      <sz val="19"/>
       <color theme="1"/>
       <name val="ＤＨＰ平成明朝体W3"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
-      <b/>
-      <sz val="12"/>
+      <sz val="14.5"/>
+      <color theme="1"/>
+      <name val="ＤＨＰ平成明朝体W3"/>
+      <family val="1"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="14.5"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="2"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="14.5"/>
       <color theme="1"/>
       <name val="ＤＨＰ平成明朝体W3"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="13">
+  <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...9 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -577,185 +607,193 @@
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="43">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
@@ -1035,418 +1073,595 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF37ED40-B895-4C67-A020-B7C48AD48F1F}">
-  <dimension ref="A1:H34"/>
+  <dimension ref="A1:J36"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="N19" sqref="N19"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="H39" sqref="H39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="4.625" customWidth="1"/>
     <col min="2" max="2" width="5.625" customWidth="1"/>
-    <col min="3" max="3" width="21.625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="2.625" customWidth="1"/>
+    <col min="3" max="3" width="17.75" customWidth="1"/>
+    <col min="4" max="4" width="5.625" customWidth="1"/>
+    <col min="5" max="5" width="7.625" customWidth="1"/>
+    <col min="6" max="6" width="18.625" customWidth="1"/>
+    <col min="7" max="7" width="5.625" customWidth="1"/>
+    <col min="8" max="8" width="10.375" customWidth="1"/>
+    <col min="9" max="9" width="23.625" customWidth="1"/>
+    <col min="10" max="10" width="10.125" customWidth="1"/>
+    <col min="11" max="11" width="6.75" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="18.95" customHeight="1" x14ac:dyDescent="0.4">
-[...25 lines deleted...]
-      <c r="B5" s="38" t="s">
+    <row r="1" spans="1:10" ht="18.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="6" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="4"/>
+    </row>
+    <row r="3" spans="1:10" ht="27.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="34" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="35"/>
+      <c r="H3" s="29" t="s">
+        <v>17</v>
+      </c>
+      <c r="I3" s="29"/>
+      <c r="J3" s="3"/>
+    </row>
+    <row r="4" spans="1:10" ht="23.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A4" s="5"/>
+      <c r="B4" s="5"/>
+      <c r="I4" s="2"/>
+      <c r="J4" s="3"/>
+    </row>
+    <row r="5" spans="1:10" ht="21.4" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="36" t="s">
         <v>0</v>
       </c>
-      <c r="C5" s="38"/>
-[...15 lines deleted...]
-    <row r="7" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="C5" s="36"/>
+      <c r="D5" s="36"/>
+      <c r="E5" s="36"/>
+      <c r="F5" s="36"/>
+      <c r="G5" s="36"/>
+      <c r="H5" s="36"/>
+      <c r="I5" s="36"/>
+    </row>
+    <row r="6" spans="1:10" ht="23.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B6" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="36"/>
+      <c r="D6" s="36"/>
+      <c r="E6" s="36"/>
+      <c r="F6" s="36"/>
+      <c r="G6" s="36"/>
+      <c r="H6" s="36"/>
+      <c r="I6" s="36"/>
+    </row>
+    <row r="7" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B7" s="1"/>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
-      <c r="G7" s="2"/>
-[...5 lines deleted...]
-      <c r="E8" s="19" t="s">
+      <c r="G7" s="1"/>
+      <c r="H7" s="1"/>
+      <c r="I7" s="2"/>
+    </row>
+    <row r="8" spans="1:10" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="7"/>
+      <c r="C8" s="7"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" s="8"/>
+      <c r="H8" s="9"/>
+      <c r="I8" s="7"/>
+      <c r="J8" s="9"/>
+    </row>
+    <row r="9" spans="1:10" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="7"/>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="7"/>
+      <c r="F9" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" s="8"/>
+      <c r="H9" s="10"/>
+      <c r="I9" s="11"/>
+      <c r="J9" s="9"/>
+    </row>
+    <row r="10" spans="1:10" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="7"/>
+      <c r="F10" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="G10" s="8"/>
+      <c r="H10" s="10"/>
+      <c r="I10" s="11"/>
+      <c r="J10" s="9"/>
+    </row>
+    <row r="11" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="7"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="7"/>
+      <c r="I11" s="7"/>
+      <c r="J11" s="9"/>
+    </row>
+    <row r="12" spans="1:10" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A12" s="6"/>
+      <c r="B12" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="C12" s="35"/>
+      <c r="D12" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" s="37"/>
+      <c r="F12" s="35"/>
+      <c r="G12" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="H12" s="35"/>
+      <c r="I12" s="12"/>
+      <c r="J12" s="9"/>
+    </row>
+    <row r="13" spans="1:10" ht="23.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A13" s="6"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="8"/>
+      <c r="D13" s="38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" s="38"/>
+      <c r="F13" s="38"/>
+      <c r="G13" s="8"/>
+      <c r="H13" s="8"/>
+      <c r="I13" s="7"/>
+      <c r="J13" s="9"/>
+    </row>
+    <row r="14" spans="1:10" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A14" s="6"/>
+      <c r="B14" s="7"/>
+      <c r="C14" s="7"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="9"/>
+      <c r="F14" s="7"/>
+      <c r="G14" s="7"/>
+      <c r="H14" s="7"/>
+      <c r="I14" s="7"/>
+      <c r="J14" s="9"/>
+    </row>
+    <row r="15" spans="1:10" ht="29.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A15" s="6"/>
+      <c r="B15" s="13"/>
+      <c r="C15" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="D15" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="E15" s="32"/>
+      <c r="F15" s="33"/>
+      <c r="G15" s="31" t="s">
+        <v>6</v>
+      </c>
+      <c r="H15" s="32"/>
+      <c r="I15" s="33"/>
+      <c r="J15" s="16"/>
+    </row>
+    <row r="16" spans="1:10" ht="29.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A16" s="6"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="18"/>
+      <c r="D16" s="31"/>
+      <c r="E16" s="32"/>
+      <c r="F16" s="33"/>
+      <c r="G16" s="31"/>
+      <c r="H16" s="32"/>
+      <c r="I16" s="33"/>
+      <c r="J16" s="16"/>
+    </row>
+    <row r="17" spans="1:10" ht="29.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A17" s="6"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="15"/>
+      <c r="D17" s="31"/>
+      <c r="E17" s="32"/>
+      <c r="F17" s="33"/>
+      <c r="G17" s="31"/>
+      <c r="H17" s="32"/>
+      <c r="I17" s="33"/>
+      <c r="J17" s="16"/>
+    </row>
+    <row r="18" spans="1:10" ht="29.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A18" s="6"/>
+      <c r="B18" s="17" t="s">
+        <v>2</v>
+      </c>
+      <c r="C18" s="15"/>
+      <c r="D18" s="31"/>
+      <c r="E18" s="32"/>
+      <c r="F18" s="33"/>
+      <c r="G18" s="31"/>
+      <c r="H18" s="32"/>
+      <c r="I18" s="33"/>
+      <c r="J18" s="16"/>
+    </row>
+    <row r="19" spans="1:10" ht="29.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A19" s="6"/>
+      <c r="B19" s="17"/>
+      <c r="C19" s="15"/>
+      <c r="D19" s="31"/>
+      <c r="E19" s="32"/>
+      <c r="F19" s="33"/>
+      <c r="G19" s="31"/>
+      <c r="H19" s="32"/>
+      <c r="I19" s="33"/>
+      <c r="J19" s="16"/>
+    </row>
+    <row r="20" spans="1:10" ht="29.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A20" s="6"/>
+      <c r="B20" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="C20" s="15"/>
+      <c r="D20" s="31"/>
+      <c r="E20" s="32"/>
+      <c r="F20" s="33"/>
+      <c r="G20" s="31"/>
+      <c r="H20" s="32"/>
+      <c r="I20" s="33"/>
+      <c r="J20" s="16"/>
+    </row>
+    <row r="21" spans="1:10" ht="29.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A21" s="6"/>
+      <c r="B21" s="17"/>
+      <c r="C21" s="15"/>
+      <c r="D21" s="31"/>
+      <c r="E21" s="32"/>
+      <c r="F21" s="33"/>
+      <c r="G21" s="31"/>
+      <c r="H21" s="32"/>
+      <c r="I21" s="33"/>
+      <c r="J21" s="16"/>
+    </row>
+    <row r="22" spans="1:10" ht="29.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A22" s="6"/>
+      <c r="B22" s="19"/>
+      <c r="C22" s="20"/>
+      <c r="D22" s="31"/>
+      <c r="E22" s="32"/>
+      <c r="F22" s="33"/>
+      <c r="G22" s="31"/>
+      <c r="H22" s="32"/>
+      <c r="I22" s="33"/>
+      <c r="J22" s="16"/>
+    </row>
+    <row r="23" spans="1:10" ht="29.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A23" s="6"/>
+      <c r="B23" s="21"/>
+      <c r="C23" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="D23" s="31" t="s">
+        <v>8</v>
+      </c>
+      <c r="E23" s="32"/>
+      <c r="F23" s="33"/>
+      <c r="G23" s="31" t="s">
+        <v>11</v>
+      </c>
+      <c r="H23" s="32"/>
+      <c r="I23" s="33"/>
+      <c r="J23" s="16"/>
+    </row>
+    <row r="24" spans="1:10" ht="29.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A24" s="6"/>
+      <c r="B24" s="22"/>
+      <c r="C24" s="23"/>
+      <c r="D24" s="31"/>
+      <c r="E24" s="32"/>
+      <c r="F24" s="33"/>
+      <c r="G24" s="31"/>
+      <c r="H24" s="32"/>
+      <c r="I24" s="33"/>
+      <c r="J24" s="16"/>
+    </row>
+    <row r="25" spans="1:10" ht="29.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A25" s="6"/>
+      <c r="B25" s="22"/>
+      <c r="C25" s="23"/>
+      <c r="D25" s="31"/>
+      <c r="E25" s="32"/>
+      <c r="F25" s="33"/>
+      <c r="G25" s="31"/>
+      <c r="H25" s="32"/>
+      <c r="I25" s="33"/>
+      <c r="J25" s="16"/>
+    </row>
+    <row r="26" spans="1:10" ht="29.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A26" s="6"/>
+      <c r="B26" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C26" s="23"/>
+      <c r="D26" s="31"/>
+      <c r="E26" s="32"/>
+      <c r="F26" s="33"/>
+      <c r="G26" s="31"/>
+      <c r="H26" s="32"/>
+      <c r="I26" s="33"/>
+      <c r="J26" s="16"/>
+    </row>
+    <row r="27" spans="1:10" ht="29.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A27" s="6"/>
+      <c r="B27" s="22"/>
+      <c r="C27" s="23"/>
+      <c r="D27" s="31"/>
+      <c r="E27" s="32"/>
+      <c r="F27" s="33"/>
+      <c r="G27" s="31"/>
+      <c r="H27" s="32"/>
+      <c r="I27" s="33"/>
+      <c r="J27" s="16"/>
+    </row>
+    <row r="28" spans="1:10" ht="29.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A28" s="6"/>
+      <c r="B28" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="C28" s="23"/>
+      <c r="D28" s="31"/>
+      <c r="E28" s="32"/>
+      <c r="F28" s="33"/>
+      <c r="G28" s="31"/>
+      <c r="H28" s="32"/>
+      <c r="I28" s="33"/>
+      <c r="J28" s="16"/>
+    </row>
+    <row r="29" spans="1:10" ht="29.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A29" s="6"/>
+      <c r="B29" s="24"/>
+      <c r="C29" s="18"/>
+      <c r="D29" s="31"/>
+      <c r="E29" s="32"/>
+      <c r="F29" s="33"/>
+      <c r="G29" s="31"/>
+      <c r="H29" s="32"/>
+      <c r="I29" s="33"/>
+      <c r="J29" s="16"/>
+    </row>
+    <row r="30" spans="1:10" ht="29.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A30" s="6"/>
+      <c r="B30" s="25"/>
+      <c r="C30" s="18"/>
+      <c r="D30" s="31"/>
+      <c r="E30" s="32"/>
+      <c r="F30" s="33"/>
+      <c r="G30" s="31"/>
+      <c r="H30" s="32"/>
+      <c r="I30" s="33"/>
+      <c r="J30" s="16"/>
+    </row>
+    <row r="31" spans="1:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A31" s="6"/>
+      <c r="B31" s="26"/>
+      <c r="C31" s="26"/>
+      <c r="D31" s="26"/>
+      <c r="E31" s="26"/>
+      <c r="F31" s="26"/>
+      <c r="G31" s="26"/>
+      <c r="H31" s="26"/>
+      <c r="I31" s="26"/>
+      <c r="J31" s="16"/>
+    </row>
+    <row r="32" spans="1:10" ht="24.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A32" s="6"/>
+      <c r="B32" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C32" s="27"/>
+      <c r="D32" s="27"/>
+      <c r="E32" s="27"/>
+      <c r="F32" s="27"/>
+      <c r="G32" s="26"/>
+      <c r="H32" s="26"/>
+      <c r="I32" s="26"/>
+      <c r="J32" s="16"/>
+    </row>
+    <row r="33" spans="1:10" ht="24.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A33" s="6"/>
+      <c r="B33" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="C33" s="28"/>
+      <c r="D33" s="28"/>
+      <c r="E33" s="28"/>
+      <c r="F33" s="28"/>
+      <c r="G33" s="28"/>
+      <c r="H33" s="28"/>
+      <c r="I33" s="28"/>
+      <c r="J33" s="28"/>
+    </row>
+    <row r="34" spans="1:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A34" s="6"/>
+      <c r="B34" s="26"/>
+      <c r="C34" s="26"/>
+      <c r="D34" s="26"/>
+      <c r="E34" s="26"/>
+      <c r="F34" s="26"/>
+      <c r="G34" s="26"/>
+      <c r="H34" s="26"/>
+      <c r="I34" s="26"/>
+      <c r="J34" s="16"/>
+    </row>
+    <row r="35" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A35" s="6"/>
+      <c r="B35" s="29" t="s">
         <v>22</v>
       </c>
-      <c r="G8" s="1"/>
-[...68 lines deleted...]
-      <c r="E15" s="23" t="s">
+      <c r="C35" s="29"/>
+      <c r="D35" s="29"/>
+      <c r="E35" s="29"/>
+      <c r="F35" s="29"/>
+      <c r="G35" s="30" t="s">
         <v>13</v>
       </c>
-      <c r="F15" s="35" t="s">
+      <c r="H35" s="30"/>
+      <c r="I35" s="30"/>
+      <c r="J35" s="16"/>
+    </row>
+    <row r="36" spans="1:10" ht="24" x14ac:dyDescent="0.4">
+      <c r="A36" s="6"/>
+      <c r="B36" s="26"/>
+      <c r="C36" s="16"/>
+      <c r="D36" s="16"/>
+      <c r="E36" s="26"/>
+      <c r="F36" s="26"/>
+      <c r="G36" s="30" t="s">
         <v>12</v>
       </c>
-      <c r="G15" s="35"/>
-[...175 lines deleted...]
-      <c r="G34" s="20"/>
+      <c r="H36" s="30"/>
+      <c r="I36" s="30"/>
+      <c r="J36" s="16"/>
     </row>
   </sheetData>
-  <mergeCells count="8">
-    <mergeCell ref="F23:G23"/>
+  <mergeCells count="45">
+    <mergeCell ref="D15:F15"/>
+    <mergeCell ref="G15:I15"/>
+    <mergeCell ref="D16:F16"/>
     <mergeCell ref="A3:B3"/>
-    <mergeCell ref="D12:E12"/>
-[...1 lines deleted...]
-    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="B6:I6"/>
     <mergeCell ref="B12:C12"/>
-    <mergeCell ref="B5:G5"/>
-    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="B5:I5"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="D12:F12"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="G16:I16"/>
+    <mergeCell ref="D13:F13"/>
+    <mergeCell ref="D22:F22"/>
+    <mergeCell ref="D23:F23"/>
+    <mergeCell ref="D24:F24"/>
+    <mergeCell ref="D25:F25"/>
+    <mergeCell ref="D17:F17"/>
+    <mergeCell ref="D18:F18"/>
+    <mergeCell ref="D19:F19"/>
+    <mergeCell ref="D20:F20"/>
+    <mergeCell ref="D21:F21"/>
+    <mergeCell ref="G17:I17"/>
+    <mergeCell ref="G18:I18"/>
+    <mergeCell ref="G19:I19"/>
+    <mergeCell ref="G20:I20"/>
+    <mergeCell ref="G36:I36"/>
+    <mergeCell ref="G21:I21"/>
+    <mergeCell ref="G22:I22"/>
+    <mergeCell ref="G23:I23"/>
+    <mergeCell ref="G24:I24"/>
+    <mergeCell ref="G25:I25"/>
+    <mergeCell ref="B32:F32"/>
+    <mergeCell ref="B33:J33"/>
+    <mergeCell ref="B35:F35"/>
+    <mergeCell ref="G35:I35"/>
+    <mergeCell ref="G26:I26"/>
+    <mergeCell ref="G27:I27"/>
+    <mergeCell ref="G28:I28"/>
+    <mergeCell ref="G29:I29"/>
+    <mergeCell ref="G30:I30"/>
+    <mergeCell ref="D26:F26"/>
+    <mergeCell ref="D27:F27"/>
+    <mergeCell ref="D28:F28"/>
+    <mergeCell ref="D29:F29"/>
+    <mergeCell ref="D30:F30"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
-  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="84" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.9055118110236221" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="71" orientation="portrait" r:id="rId1"/>
+  <colBreaks count="1" manualBreakCount="1">
+    <brk id="10" max="35" man="1"/>
+  </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>(6月以降）転出・転入児童生徒名簿</vt:lpstr>
-      <vt:lpstr>'(6月以降）転出・転入児童生徒名簿'!Print_Area</vt:lpstr>
+      <vt:lpstr>(6月以降）転出・転入児童生徒確認書</vt:lpstr>
+      <vt:lpstr>'(6月以降）転出・転入児童生徒確認書'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>fpta0</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>