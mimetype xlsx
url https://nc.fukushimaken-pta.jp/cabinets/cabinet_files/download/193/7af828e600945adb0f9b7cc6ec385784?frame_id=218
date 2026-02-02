--- v0 (2025-10-11)
+++ v1 (2026-02-02)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.6\f-pta\01 2020 福島県Ｐ事務局\44_子ども災害事故防止習字・ポスター作品展\00_原本・基本様式\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.6\f-pta\01 2020 福島県Ｐ事務局\44_子ども災害事故防止習字・ポスター作品展\10 各校への送付文書\Ｒ７年度\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{27AF7614-63CE-4097-875B-A3E5A4BAB30D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7326D6AD-9B39-4CB7-B9F7-2B0FC75F380B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="中学校　習字" sheetId="2" r:id="rId1"/>
     <sheet name="中学校　ポスター" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'中学校　ポスター'!$A$1:$H$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'中学校　習字'!$A$1:$H$28</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C27" i="2" l="1"/>
   <c r="C26" i="2"/>
   <c r="C25" i="2"/>
@@ -392,51 +392,51 @@
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>中2</t>
   </si>
   <si>
     <t>中2</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>中1</t>
   </si>
   <si>
     <t>中1</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>中3</t>
   </si>
   <si>
     <t>中3</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>第48回子ども災害事故防止習字・ポスター展　出品者名簿</t>
+    <t>第4９回子ども災害事故防止習字・ポスター展　出品者名簿</t>
     <rPh sb="0" eb="1">
       <t>ダイ</t>
     </rPh>
     <rPh sb="22" eb="24">
       <t>シュッピン</t>
     </rPh>
     <rPh sb="24" eb="25">
       <t>シャ</t>
     </rPh>
     <rPh sb="25" eb="27">
       <t>メイボ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
@@ -1441,51 +1441,51 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="B1:G28"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="G16" sqref="G16"/>
+      <selection activeCell="L21" sqref="L21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="1.375" customWidth="1"/>
     <col min="2" max="2" width="4.875" customWidth="1"/>
     <col min="3" max="3" width="15.75" customWidth="1"/>
     <col min="4" max="4" width="6.875" customWidth="1"/>
     <col min="5" max="6" width="12.625" customWidth="1"/>
     <col min="7" max="7" width="35" customWidth="1"/>
     <col min="8" max="8" width="1.375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="24" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="2" spans="2:7" ht="24" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B2" s="33" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="33"/>
       <c r="D2" s="33"/>
       <c r="E2" s="30" t="s">
         <v>26</v>
       </c>
       <c r="F2" s="30"/>
       <c r="G2" s="30"/>
@@ -1836,51 +1836,51 @@
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="C6:D6"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="C7:F7"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="4" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="B1:G28"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="C7" sqref="C7:F7"/>
+      <selection activeCell="M11" sqref="M11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="1.375" customWidth="1"/>
     <col min="2" max="2" width="4.875" customWidth="1"/>
     <col min="3" max="3" width="15.75" customWidth="1"/>
     <col min="4" max="4" width="6.875" customWidth="1"/>
     <col min="5" max="6" width="12.625" customWidth="1"/>
     <col min="7" max="7" width="35" customWidth="1"/>
     <col min="8" max="8" width="1.375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="24" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="2" spans="2:7" ht="24" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B2" s="55" t="s">
         <v>18</v>
       </c>
       <c r="C2" s="55"/>
       <c r="D2" s="55"/>
       <c r="E2" s="30" t="s">
         <v>26</v>
       </c>
       <c r="F2" s="30"/>
       <c r="G2" s="30"/>