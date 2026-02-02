--- v0 (2025-10-11)
+++ v1 (2026-02-02)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.6\f-pta\01 2020 福島県Ｐ事務局\44_子ども災害事故防止習字・ポスター作品展\00_原本・基本様式\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.6\f-pta\01 2020 福島県Ｐ事務局\44_子ども災害事故防止習字・ポスター作品展\10 各校への送付文書\Ｒ７年度\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5CEBDDA4-5E9F-4011-B3B2-5972413B4EB5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B3A678B6-90AE-42CC-8546-CED623D1DF44}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="小学校　習字" sheetId="2" r:id="rId1"/>
     <sheet name="小学校　ポスター" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'小学校　ポスター'!$A$1:$H$43</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'小学校　習字'!$A$1:$H$43</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C42" i="2" l="1"/>
   <c r="C41" i="2"/>
   <c r="C40" i="2"/>
@@ -447,51 +447,51 @@
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>小4</t>
     <rPh sb="0" eb="1">
       <t>ショウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>小5</t>
     <rPh sb="0" eb="1">
       <t>ショウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>小6</t>
     <rPh sb="0" eb="1">
       <t>ショウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>第48回子ども災害事故防止習字・ポスター展　出品者名簿</t>
+    <t>第49回子ども災害事故防止習字・ポスター展　出品者名簿</t>
     <rPh sb="0" eb="1">
       <t>ダイ</t>
     </rPh>
     <rPh sb="22" eb="24">
       <t>シュッピン</t>
     </rPh>
     <rPh sb="24" eb="25">
       <t>シャ</t>
     </rPh>
     <rPh sb="25" eb="27">
       <t>メイボ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
@@ -1087,115 +1087,115 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...34 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -1480,178 +1480,178 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="B1:G42"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A11" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="G21" sqref="G21"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="F14" sqref="F14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="1.375" customWidth="1"/>
     <col min="2" max="2" width="4.875" customWidth="1"/>
     <col min="3" max="3" width="15.75" customWidth="1"/>
     <col min="4" max="4" width="6.875" customWidth="1"/>
     <col min="5" max="6" width="12.625" customWidth="1"/>
     <col min="7" max="7" width="35" customWidth="1"/>
     <col min="8" max="8" width="1.375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="5.25" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="2" spans="2:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B2" s="48" t="s">
+      <c r="B2" s="38" t="s">
         <v>17</v>
       </c>
-      <c r="C2" s="48"/>
-[...1 lines deleted...]
-      <c r="E2" s="47" t="s">
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="37" t="s">
         <v>29</v>
       </c>
-      <c r="F2" s="47"/>
-      <c r="G2" s="47"/>
+      <c r="F2" s="37"/>
+      <c r="G2" s="37"/>
     </row>
     <row r="3" spans="2:7" s="21" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B3" s="49" t="s">
+      <c r="B3" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="C3" s="49"/>
-[...3 lines deleted...]
-      <c r="G3" s="49"/>
+      <c r="C3" s="39"/>
+      <c r="D3" s="39"/>
+      <c r="E3" s="39"/>
+      <c r="F3" s="39"/>
+      <c r="G3" s="39"/>
     </row>
     <row r="4" spans="2:7" x14ac:dyDescent="0.15">
       <c r="B4" s="20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="2:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B5" s="50" t="s">
+      <c r="B5" s="40" t="s">
         <v>18</v>
       </c>
-      <c r="C5" s="51"/>
-[...3 lines deleted...]
-      <c r="G5" s="51"/>
+      <c r="C5" s="41"/>
+      <c r="D5" s="41"/>
+      <c r="E5" s="41"/>
+      <c r="F5" s="41"/>
+      <c r="G5" s="41"/>
     </row>
     <row r="6" spans="2:7" ht="23.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B6" s="26"/>
-      <c r="C6" s="31" t="s">
+      <c r="C6" s="42" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="33"/>
-[...2 lines deleted...]
-      <c r="G6" s="35"/>
+      <c r="D6" s="43"/>
+      <c r="E6" s="44"/>
+      <c r="F6" s="45"/>
+      <c r="G6" s="46"/>
     </row>
     <row r="7" spans="2:7" ht="23.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="C7" s="31" t="s">
+      <c r="C7" s="42" t="s">
         <v>5</v>
       </c>
-      <c r="D7" s="32"/>
-[...1 lines deleted...]
-      <c r="F7" s="32"/>
+      <c r="D7" s="47"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="47"/>
       <c r="G7" s="19"/>
     </row>
     <row r="8" spans="2:7" ht="23.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="C8" s="31" t="s">
+      <c r="C8" s="42" t="s">
         <v>3</v>
       </c>
-      <c r="D8" s="33"/>
-      <c r="E8" s="34" t="s">
+      <c r="D8" s="43"/>
+      <c r="E8" s="44" t="s">
         <v>14</v>
       </c>
-      <c r="F8" s="35"/>
+      <c r="F8" s="46"/>
       <c r="G8" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="2:7" ht="5.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B9" s="20"/>
     </row>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B10" s="36" t="s">
+      <c r="B10" s="48" t="s">
         <v>2</v>
       </c>
-      <c r="C10" s="39" t="s">
+      <c r="C10" s="51" t="s">
         <v>1</v>
       </c>
-      <c r="D10" s="36" t="s">
+      <c r="D10" s="48" t="s">
         <v>0</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>6</v>
       </c>
       <c r="F10" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="G10" s="41" t="s">
+      <c r="G10" s="31" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B11" s="37"/>
-[...2 lines deleted...]
-      <c r="E11" s="43" t="s">
+      <c r="B11" s="49"/>
+      <c r="C11" s="52"/>
+      <c r="D11" s="49"/>
+      <c r="E11" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="F11" s="44"/>
-      <c r="G11" s="42"/>
+      <c r="F11" s="34"/>
+      <c r="G11" s="32"/>
     </row>
     <row r="12" spans="2:7" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="38"/>
+      <c r="B12" s="50"/>
       <c r="C12" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="D12" s="38"/>
-      <c r="E12" s="45" t="s">
+      <c r="D12" s="50"/>
+      <c r="E12" s="35" t="s">
         <v>9</v>
       </c>
-      <c r="F12" s="46"/>
+      <c r="F12" s="36"/>
       <c r="G12" s="18" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="2:7" ht="21.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B13" s="2">
         <v>1</v>
       </c>
       <c r="C13" s="23">
         <f>$G$4</f>
         <v>0</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="12"/>
       <c r="F13" s="13"/>
       <c r="G13" s="4"/>
     </row>
     <row r="14" spans="2:7" ht="21.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B14" s="5">
         <v>2</v>
       </c>
       <c r="C14" s="24">
         <f t="shared" ref="C14:C42" si="0">$G$4</f>
@@ -2095,173 +2095,173 @@
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="C6:D6"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="C7:F7"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="B10:B12"/>
     <mergeCell ref="C10:C11"/>
     <mergeCell ref="D10:D12"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.35433070866141736" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="97" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="4" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="B1:G42"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="E8" sqref="E8:F8"/>
+      <selection activeCell="G19" sqref="G19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="1.375" customWidth="1"/>
     <col min="2" max="2" width="4.875" customWidth="1"/>
     <col min="3" max="3" width="15.75" customWidth="1"/>
     <col min="4" max="4" width="6.875" customWidth="1"/>
     <col min="5" max="6" width="12.625" customWidth="1"/>
     <col min="7" max="7" width="35" customWidth="1"/>
     <col min="8" max="8" width="1.375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="5.25" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="2" spans="2:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B2" s="53" t="s">
         <v>19</v>
       </c>
       <c r="C2" s="53"/>
       <c r="D2" s="53"/>
-      <c r="E2" s="47" t="s">
+      <c r="E2" s="37" t="s">
         <v>29</v>
       </c>
-      <c r="F2" s="47"/>
-      <c r="G2" s="47"/>
+      <c r="F2" s="37"/>
+      <c r="G2" s="37"/>
     </row>
     <row r="3" spans="2:7" s="21" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B3" s="60" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="60"/>
       <c r="D3" s="60"/>
       <c r="E3" s="60"/>
       <c r="F3" s="60"/>
       <c r="G3" s="60"/>
     </row>
     <row r="4" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B4" s="20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="2:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B5" s="50" t="s">
+      <c r="B5" s="40" t="s">
         <v>18</v>
       </c>
-      <c r="C5" s="51"/>
-[...3 lines deleted...]
-      <c r="G5" s="51"/>
+      <c r="C5" s="41"/>
+      <c r="D5" s="41"/>
+      <c r="E5" s="41"/>
+      <c r="F5" s="41"/>
+      <c r="G5" s="41"/>
     </row>
     <row r="6" spans="2:7" ht="23.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B6" s="26"/>
-      <c r="C6" s="31" t="s">
+      <c r="C6" s="42" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="33"/>
-[...2 lines deleted...]
-      <c r="G6" s="35"/>
+      <c r="D6" s="43"/>
+      <c r="E6" s="44"/>
+      <c r="F6" s="45"/>
+      <c r="G6" s="46"/>
     </row>
     <row r="7" spans="2:7" ht="23.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="C7" s="31" t="s">
+      <c r="C7" s="42" t="s">
         <v>5</v>
       </c>
-      <c r="D7" s="32"/>
-[...1 lines deleted...]
-      <c r="F7" s="32"/>
+      <c r="D7" s="47"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="47"/>
       <c r="G7" s="19"/>
     </row>
     <row r="8" spans="2:7" ht="23.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="C8" s="31" t="s">
+      <c r="C8" s="42" t="s">
         <v>3</v>
       </c>
-      <c r="D8" s="33"/>
-      <c r="E8" s="34" t="s">
+      <c r="D8" s="43"/>
+      <c r="E8" s="44" t="s">
         <v>14</v>
       </c>
-      <c r="F8" s="35"/>
+      <c r="F8" s="46"/>
       <c r="G8" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="2:7" ht="5.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B9" s="20"/>
     </row>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B10" s="36" t="s">
+      <c r="B10" s="48" t="s">
         <v>2</v>
       </c>
       <c r="C10" s="58" t="s">
         <v>1</v>
       </c>
-      <c r="D10" s="36" t="s">
+      <c r="D10" s="48" t="s">
         <v>0</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>6</v>
       </c>
       <c r="F10" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="G10" s="41" t="s">
+      <c r="G10" s="31" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B11" s="37"/>
+      <c r="B11" s="49"/>
       <c r="C11" s="59"/>
-      <c r="D11" s="37"/>
+      <c r="D11" s="49"/>
       <c r="E11" s="56" t="s">
         <v>8</v>
       </c>
       <c r="F11" s="57"/>
-      <c r="G11" s="42"/>
+      <c r="G11" s="32"/>
     </row>
     <row r="12" spans="2:7" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="38"/>
+      <c r="B12" s="50"/>
       <c r="C12" s="27" t="s">
         <v>12</v>
       </c>
-      <c r="D12" s="38"/>
+      <c r="D12" s="50"/>
       <c r="E12" s="54" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="55"/>
       <c r="G12" s="18" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="2:7" ht="21.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B13" s="2">
         <v>1</v>
       </c>
       <c r="C13" s="28">
         <f>$G$7</f>
         <v>0</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="12"/>
       <c r="F13" s="13"/>
       <c r="G13" s="4"/>
     </row>
     <row r="14" spans="2:7" ht="21.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B14" s="5">